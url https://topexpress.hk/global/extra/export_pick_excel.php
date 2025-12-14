--- v0 (2025-10-22)
+++ v1 (2025-12-14)
@@ -12,701 +12,362 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Simple2222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="217">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>集運編號</t>
   </si>
   <si>
     <t>會員編號</t>
   </si>
   <si>
     <t>香港寄件人姓名</t>
   </si>
   <si>
     <t>香港寄件人電話</t>
   </si>
   <si>
     <t>香港上門收件地址</t>
   </si>
   <si>
     <t>發貨總箱數</t>
   </si>
   <si>
     <t>_x0008_訂單金額</t>
   </si>
   <si>
     <t>備注</t>
   </si>
   <si>
     <t>下單日期</t>
   </si>
   <si>
-    <t>Ka Wing Ma</t>
-[...620 lines deleted...]
-    <t>2025-10-06</t>
+    <t>Lee Suk Lim</t>
+  </si>
+  <si>
+    <t>九龍牛頭角道15號，嘉和園，嘉禮大廈，23/F,G室</t>
+  </si>
+  <si>
+    <t>T2 x1, 15-12-1</t>
+  </si>
+  <si>
+    <t>2025-12-14</t>
+  </si>
+  <si>
+    <t>Kelvin</t>
+  </si>
+  <si>
+    <t>香港荔枝角長裕街2號嘉圖工廠大廈5樓B座501室</t>
+  </si>
+  <si>
+    <t>2025-12-13</t>
+  </si>
+  <si>
+    <t>Mr. Simon Lee</t>
+  </si>
+  <si>
+    <t>沙田麗坪路33號玖瓏山天龍閣一座6樓D室</t>
+  </si>
+  <si>
+    <t>16/12 周二上午不方便，其他時間都可以</t>
+  </si>
+  <si>
+    <t>Wing Ho</t>
+  </si>
+  <si>
+    <t>城景國際酒店大堂行李部 九龍窩打老道23號</t>
+  </si>
+  <si>
+    <t>T2x1 請於 15/12（一）收件</t>
+  </si>
+  <si>
+    <t>May Kuen Betty Wong</t>
+  </si>
+  <si>
+    <t>北角油街23 號海逸君綽酒店大堂</t>
+  </si>
+  <si>
+    <t>Helen Fan</t>
+  </si>
+  <si>
+    <t>沙田沙田正街3-9號希爾頓中心D座5樓3室</t>
+  </si>
+  <si>
+    <t>WU TIN YING</t>
+  </si>
+  <si>
+    <t>九龙何文田愛民邨信民楼2204室</t>
+  </si>
+  <si>
+    <t>#1721</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>Garry Fan</t>
+  </si>
+  <si>
+    <t>將軍澳 寶琳 新都城三期 三座14D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15/12 星期一下午收件  </t>
+  </si>
+  <si>
+    <t>Vivian Yu</t>
+  </si>
+  <si>
+    <t>元朗天水圍天恩路18號嘉湖海逸酒店地下禮賓部</t>
+  </si>
+  <si>
+    <t>Kit Lam</t>
+  </si>
+  <si>
+    <t>青衣青華苑B座27/F 11室</t>
+  </si>
+  <si>
+    <t>鄧先生</t>
+  </si>
+  <si>
+    <t>九龍藍田興田邨美田樓3406室</t>
+  </si>
+  <si>
+    <t>中午12點前 收貨</t>
+  </si>
+  <si>
+    <t>Ken Kan</t>
+  </si>
+  <si>
+    <t>葵興葵康苑A座29樓06室</t>
+  </si>
+  <si>
+    <t>12月16號上午</t>
+  </si>
+  <si>
+    <t>Aman Ip</t>
+  </si>
+  <si>
+    <t>九龍慈雲山慈正邨正康樓1215室</t>
+  </si>
+  <si>
+    <t>30/12/2025 才上門收貨</t>
+  </si>
+  <si>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>Sit Ching Yee</t>
+  </si>
+  <si>
+    <t>香港柴灣, 峰霞道8號, 景翠苑, 30樓, 3007 室.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">請在20/12(Sat)收箱, 因其他日期無人開門. </t>
+  </si>
+  <si>
+    <t>Sze Mei ching</t>
+  </si>
+  <si>
+    <t>西灣河63號耀興道東霖宛2507室</t>
+  </si>
+  <si>
+    <t>趕15號上船</t>
+  </si>
+  <si>
+    <t>Georgina Lai</t>
+  </si>
+  <si>
+    <t>觀塘樂華村，勤華樓，1007室</t>
+  </si>
+  <si>
+    <t>T1x1 , 15-18號，2點後有人。</t>
+  </si>
+  <si>
+    <t>Lai Na Kan</t>
+  </si>
+  <si>
+    <t>新界葵興葵康苑葵明閣2906室</t>
+  </si>
+  <si>
+    <t>T2X1 . 16/12   全日可收</t>
+  </si>
+  <si>
+    <t>Terry Chan</t>
+  </si>
+  <si>
+    <t>太古城富山閣12F</t>
+  </si>
+  <si>
+    <t>星期六全日可以收件</t>
+  </si>
+  <si>
+    <t>Ally</t>
+  </si>
+  <si>
+    <t>九龍牛頭角上邨常富樓26樓2619室</t>
+  </si>
+  <si>
+    <t>T1 x1 13號2點後可收件</t>
+  </si>
+  <si>
+    <t>Kwong Lin Bo</t>
+  </si>
+  <si>
+    <t>調景嶺維景灣畔12座1樓C室</t>
+  </si>
+  <si>
+    <t>T2 x 2, 預約12月19日收箱</t>
+  </si>
+  <si>
+    <t>2025-12-10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yuki cheung </t>
+  </si>
+  <si>
+    <t>藍田藍田邨藍泰樓2212室</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Step tang </t>
+  </si>
+  <si>
+    <t>香港新界荃灣綠楊新邨J座14樓1403室</t>
+  </si>
+  <si>
+    <t>前一天通知就可以了，因為本人不在香港，親戚代收文件</t>
+  </si>
+  <si>
+    <t>Brain Wong</t>
+  </si>
+  <si>
+    <t>香港啟德沐翠街3號煥然壹居L1座5樓G室</t>
+  </si>
+  <si>
+    <t>2025-12-08</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Joyce Chan </t>
+  </si>
+  <si>
+    <t>屯門富泰邨頌泰樓36樓01室</t>
+  </si>
+  <si>
+    <t>2025-12-06</t>
+  </si>
+  <si>
+    <t>Sylvia Ng</t>
+  </si>
+  <si>
+    <t>香港沙田中心唐寧大廈4樓D室</t>
+  </si>
+  <si>
+    <t>wong yee tin</t>
+  </si>
+  <si>
+    <t>將軍澳怡心園5座13樓H 室</t>
+  </si>
+  <si>
+    <t>12-12號下午收件</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>Winnie Lee</t>
+  </si>
+  <si>
+    <t>天水圍天耀邨耀華樓3402 室</t>
+  </si>
+  <si>
+    <t>T2 x 2, 建議收件日期 6/12</t>
+  </si>
+  <si>
+    <t>黎潔貞</t>
+  </si>
+  <si>
+    <t>葵芳邨葵健樓18樓1813室</t>
+  </si>
+  <si>
+    <t>收件日期 : 15/12 (星期一) 中午12時後</t>
+  </si>
+  <si>
+    <t>2025-12-03</t>
+  </si>
+  <si>
+    <t>Cheng woon yee</t>
+  </si>
+  <si>
+    <t>將軍澳運亨路8號叠翠軒一座42樓F室</t>
+  </si>
+  <si>
+    <t>12月23號收件</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ms wong </t>
+  </si>
+  <si>
+    <t>屯門青磚圍小巴站</t>
+  </si>
+  <si>
+    <t>Wan Chung Hang</t>
+  </si>
+  <si>
+    <t>沙田濱景花園四座15樓G室</t>
+  </si>
+  <si>
+    <t>12月8號 上門收貨</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1009,2324 +670,1020 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I80"/>
+  <dimension ref="A1:I34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>4981</v>
+        <v>6135</v>
       </c>
       <c r="B2">
-        <v>2122</v>
+        <v>4939</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2">
-        <v>92627987</v>
+        <v>92765048</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2">
         <v>1</v>
       </c>
       <c r="G2">
-        <v>550</v>
+        <v>500</v>
       </c>
       <c r="H2" t="s">
         <v>11</v>
       </c>
       <c r="I2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>4979</v>
+        <v>6133</v>
       </c>
       <c r="B3">
-        <v>1578</v>
+        <v>4895</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
-        <v>90238724</v>
+        <v>94455572</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3">
         <v>1</v>
       </c>
       <c r="G3">
-        <v>860</v>
-[...1 lines deleted...]
-      <c r="H3"/>
+        <v>550</v>
+      </c>
+      <c r="H3">
+        <v>94604360</v>
+      </c>
       <c r="I3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>4975</v>
+        <v>6131</v>
       </c>
       <c r="B4">
-        <v>4277</v>
+        <v>3670</v>
       </c>
       <c r="C4" t="s">
         <v>16</v>
       </c>
       <c r="D4">
-        <v>95560685</v>
+        <v>52700708</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4">
         <v>1</v>
       </c>
       <c r="G4">
-        <v>550</v>
+        <v>520</v>
       </c>
       <c r="H4" t="s">
         <v>18</v>
       </c>
       <c r="I4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>4974</v>
+        <v>6130</v>
       </c>
       <c r="B5">
-        <v>4435</v>
+        <v>4802</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5">
-        <v>67017252</v>
+        <v>97540033</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5">
         <v>1</v>
       </c>
       <c r="G5">
         <v>550</v>
       </c>
       <c r="H5" t="s">
         <v>21</v>
       </c>
       <c r="I5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>4970</v>
+        <v>6129</v>
       </c>
       <c r="B6">
-        <v>4396</v>
+        <v>4913</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6">
-        <v>93659068</v>
+        <v>96503136</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6">
         <v>1</v>
       </c>
       <c r="G6">
         <v>550</v>
       </c>
-      <c r="H6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H6"/>
       <c r="I6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>4968</v>
+        <v>6128</v>
       </c>
       <c r="B7">
-        <v>4299</v>
+        <v>4930</v>
       </c>
       <c r="C7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7">
+        <v>97846524</v>
+      </c>
+      <c r="E7" t="s">
         <v>25</v>
       </c>
-      <c r="D7">
-[...4 lines deleted...]
-      </c>
       <c r="F7">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G7">
-        <v>2000</v>
-[...3 lines deleted...]
-      </c>
+        <v>550</v>
+      </c>
+      <c r="H7"/>
       <c r="I7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>4964</v>
+        <v>6126</v>
       </c>
       <c r="B8">
-        <v>4300</v>
+        <v>4903</v>
       </c>
       <c r="C8" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D8">
-        <v>90981710</v>
+        <v>98716907</v>
       </c>
       <c r="E8" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="F8">
         <v>1</v>
       </c>
       <c r="G8">
-        <v>520</v>
+        <v>550</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>4963</v>
+        <v>6121</v>
       </c>
       <c r="B9">
-        <v>2872</v>
+        <v>29</v>
       </c>
       <c r="C9" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="D9">
-        <v>67107195</v>
+        <v>94455572</v>
       </c>
       <c r="E9" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="F9">
         <v>1</v>
       </c>
       <c r="G9">
-        <v>500</v>
+        <v>550</v>
       </c>
       <c r="H9" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="I9" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>4961</v>
+        <v>6120</v>
       </c>
       <c r="B10">
-        <v>4330</v>
+        <v>4955</v>
       </c>
       <c r="C10" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D10">
-        <v>53345889</v>
+        <v>98661099</v>
       </c>
       <c r="E10" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="F10">
         <v>1</v>
       </c>
       <c r="G10">
-        <v>750</v>
+        <v>550</v>
       </c>
       <c r="H10" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="I10" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>4960</v>
+        <v>6119</v>
       </c>
       <c r="B11">
-        <v>2292</v>
+        <v>4211</v>
       </c>
       <c r="C11" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D11">
-        <v>94960423</v>
+        <v>67446713</v>
       </c>
       <c r="E11" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="F11">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G11">
-        <v>1500</v>
-[...3 lines deleted...]
-      </c>
+        <v>860</v>
+      </c>
+      <c r="H11"/>
       <c r="I11" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>4959</v>
+        <v>6116</v>
       </c>
       <c r="B12">
-        <v>2292</v>
+        <v>4530</v>
       </c>
       <c r="C12" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D12">
-        <v>96824598</v>
+        <v>96060476</v>
       </c>
       <c r="E12" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="F12">
         <v>1</v>
       </c>
       <c r="G12">
         <v>500</v>
       </c>
-      <c r="H12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H12"/>
       <c r="I12" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>4958</v>
+        <v>6115</v>
       </c>
       <c r="B13">
-        <v>4455</v>
+        <v>4956</v>
       </c>
       <c r="C13" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D13">
-        <v>90860658</v>
+        <v>93707090</v>
       </c>
       <c r="E13" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="F13">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G13">
-        <v>2750</v>
-[...1 lines deleted...]
-      <c r="H13"/>
+        <v>550</v>
+      </c>
+      <c r="H13" t="s">
+        <v>39</v>
+      </c>
       <c r="I13" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>4956</v>
+        <v>6114</v>
       </c>
       <c r="B14">
-        <v>4242</v>
+        <v>4009</v>
       </c>
       <c r="C14" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="D14">
-        <v>94005641</v>
+        <v>63801139</v>
       </c>
       <c r="E14" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="F14">
         <v>1</v>
       </c>
       <c r="G14">
         <v>550</v>
       </c>
-      <c r="H14"/>
+      <c r="H14" t="s">
+        <v>42</v>
+      </c>
       <c r="I14" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>4955</v>
+        <v>6112</v>
       </c>
       <c r="B15">
-        <v>3257</v>
+        <v>3755</v>
       </c>
       <c r="C15" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D15">
-        <v>94607939</v>
+        <v>66908614</v>
       </c>
       <c r="E15" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="F15">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G15">
-        <v>5200</v>
-[...1 lines deleted...]
-      <c r="H15"/>
+        <v>550</v>
+      </c>
+      <c r="H15" t="s">
+        <v>45</v>
+      </c>
       <c r="I15" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>4953</v>
+        <v>6108</v>
       </c>
       <c r="B16">
-        <v>2872</v>
+        <v>4967</v>
       </c>
       <c r="C16" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="D16">
-        <v>67107195</v>
+        <v>97328772</v>
       </c>
       <c r="E16" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="F16">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G16">
-        <v>1500</v>
+        <v>550</v>
       </c>
       <c r="H16" t="s">
         <v>49</v>
       </c>
       <c r="I16" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>4949</v>
+        <v>6102</v>
       </c>
       <c r="B17">
-        <v>4374</v>
+        <v>2184</v>
       </c>
       <c r="C17" t="s">
         <v>50</v>
       </c>
       <c r="D17">
-        <v>90258169</v>
+        <v>90949904</v>
       </c>
       <c r="E17" t="s">
         <v>51</v>
       </c>
       <c r="F17">
         <v>1</v>
       </c>
       <c r="G17">
         <v>550</v>
       </c>
-      <c r="H17"/>
+      <c r="H17" t="s">
+        <v>52</v>
+      </c>
       <c r="I17" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>4946</v>
+        <v>6098</v>
       </c>
       <c r="B18">
-        <v>221</v>
+        <v>4993</v>
       </c>
       <c r="C18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D18">
-        <v>91846000</v>
+        <v>95615195</v>
       </c>
       <c r="E18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F18">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G18">
-        <v>1100</v>
-[...1 lines deleted...]
-      <c r="H18"/>
+        <v>480</v>
+      </c>
+      <c r="H18" t="s">
+        <v>55</v>
+      </c>
       <c r="I18" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>4944</v>
+        <v>6091</v>
       </c>
       <c r="B19">
-        <v>4149</v>
+        <v>3315</v>
       </c>
       <c r="C19" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D19">
-        <v>65265937</v>
+        <v>63801139</v>
       </c>
       <c r="E19" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="F19">
         <v>1</v>
       </c>
       <c r="G19">
-        <v>860</v>
-[...1 lines deleted...]
-      <c r="H19"/>
+        <v>550</v>
+      </c>
+      <c r="H19" t="s">
+        <v>58</v>
+      </c>
       <c r="I19" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>4941</v>
+        <v>6090</v>
       </c>
       <c r="B20">
-        <v>2411</v>
+        <v>4876</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D20">
-        <v>98660053</v>
+        <v>98361024</v>
       </c>
       <c r="E20" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="F20">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G20">
-        <v>1100</v>
-[...1 lines deleted...]
-      <c r="H20"/>
+        <v>520</v>
+      </c>
+      <c r="H20" t="s">
+        <v>61</v>
+      </c>
       <c r="I20" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>4934</v>
+        <v>6089</v>
       </c>
       <c r="B21">
-        <v>3617</v>
+        <v>4935</v>
       </c>
       <c r="C21" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
       <c r="D21">
-        <v>98877545</v>
+        <v>94455572</v>
       </c>
       <c r="E21" t="s">
-        <v>59</v>
+        <v>14</v>
       </c>
       <c r="F21">
         <v>1</v>
       </c>
       <c r="G21">
-        <v>550</v>
-[...3 lines deleted...]
-      </c>
+        <v>480</v>
+      </c>
+      <c r="H21"/>
       <c r="I21" t="s">
-        <v>61</v>
+        <v>46</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>4933</v>
+        <v>6088</v>
       </c>
       <c r="B22">
-        <v>4398</v>
+        <v>4343</v>
       </c>
       <c r="C22" t="s">
         <v>62</v>
       </c>
       <c r="D22">
-        <v>51326157</v>
+        <v>62989854</v>
       </c>
       <c r="E22" t="s">
         <v>63</v>
       </c>
       <c r="F22">
         <v>1</v>
       </c>
       <c r="G22">
-        <v>550</v>
+        <v>480</v>
       </c>
       <c r="H22" t="s">
         <v>64</v>
       </c>
       <c r="I22" t="s">
-        <v>61</v>
+        <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>4932</v>
+        <v>6078</v>
       </c>
       <c r="B23">
-        <v>4451</v>
+        <v>4898</v>
       </c>
       <c r="C23" t="s">
         <v>65</v>
       </c>
       <c r="D23">
-        <v>61280417</v>
+        <v>91937493</v>
       </c>
       <c r="E23" t="s">
         <v>66</v>
       </c>
       <c r="F23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G23">
-        <v>550</v>
-[...1 lines deleted...]
-      <c r="H23"/>
+        <v>1000</v>
+      </c>
+      <c r="H23" t="s">
+        <v>67</v>
+      </c>
       <c r="I23" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>4931</v>
+        <v>6065</v>
       </c>
       <c r="B24">
-        <v>1442</v>
+        <v>4613</v>
       </c>
       <c r="C24" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D24">
-        <v>60778882</v>
+        <v>92135927</v>
       </c>
       <c r="E24" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="F24">
         <v>1</v>
       </c>
       <c r="G24">
         <v>550</v>
       </c>
-      <c r="H24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H24"/>
       <c r="I24" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>4930</v>
+        <v>6064</v>
       </c>
       <c r="B25">
-        <v>2047</v>
+        <v>4960</v>
       </c>
       <c r="C25" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D25">
-        <v>90279472</v>
+        <v>92634439</v>
       </c>
       <c r="E25" t="s">
+        <v>73</v>
+      </c>
+      <c r="F25">
+        <v>1</v>
+      </c>
+      <c r="G25">
+        <v>550</v>
+      </c>
+      <c r="H25" t="s">
+        <v>74</v>
+      </c>
+      <c r="I25" t="s">
         <v>71</v>
-      </c>
-[...8 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>4926</v>
+        <v>6055</v>
       </c>
       <c r="B26">
-        <v>4462</v>
+        <v>1749</v>
       </c>
       <c r="C26" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="D26">
-        <v>96233256</v>
+        <v>65320693</v>
       </c>
       <c r="E26" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F26">
         <v>1</v>
       </c>
       <c r="G26">
         <v>550</v>
       </c>
-      <c r="H26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H26"/>
       <c r="I26" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>4925</v>
+        <v>6013</v>
       </c>
       <c r="B27">
-        <v>4403</v>
+        <v>3584</v>
       </c>
       <c r="C27" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="D27">
-        <v>67428698</v>
+        <v>97355771</v>
       </c>
       <c r="E27" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="F27">
         <v>1</v>
       </c>
       <c r="G27">
-        <v>860</v>
-[...3 lines deleted...]
-      </c>
+        <v>550</v>
+      </c>
+      <c r="H27"/>
       <c r="I27" t="s">
-        <v>61</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>4924</v>
+        <v>6003</v>
       </c>
       <c r="B28">
-        <v>2331</v>
+        <v>4945</v>
       </c>
       <c r="C28" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="D28">
-        <v>97798029</v>
+        <v>98143958</v>
       </c>
       <c r="E28" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="F28">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G28">
-        <v>550</v>
+        <v>3550</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
-        <v>61</v>
+        <v>80</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>4923</v>
+        <v>5966</v>
       </c>
       <c r="B29">
-        <v>4258</v>
+        <v>4844</v>
       </c>
       <c r="C29" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D29">
-        <v>66080254</v>
+        <v>92550251</v>
       </c>
       <c r="E29" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="F29">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G29">
-        <v>3370</v>
+        <v>500</v>
       </c>
       <c r="H29" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="I29" t="s">
-        <v>61</v>
+        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>4922</v>
+        <v>5950</v>
       </c>
       <c r="B30">
-        <v>4163</v>
+        <v>4938</v>
       </c>
       <c r="C30" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="D30">
-        <v>96255405</v>
+        <v>96263401</v>
       </c>
       <c r="E30" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="F30">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G30">
-        <v>550</v>
+        <v>1100</v>
       </c>
       <c r="H30" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="I30" t="s">
-        <v>61</v>
+        <v>86</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>4921</v>
+        <v>5937</v>
       </c>
       <c r="B31">
-        <v>4492</v>
+        <v>4887</v>
       </c>
       <c r="C31" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="D31">
-        <v>67983472</v>
+        <v>96244587</v>
       </c>
       <c r="E31" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="F31">
         <v>1</v>
       </c>
       <c r="G31">
-        <v>860</v>
-[...1 lines deleted...]
-      <c r="H31"/>
+        <v>550</v>
+      </c>
+      <c r="H31" t="s">
+        <v>92</v>
+      </c>
       <c r="I31" t="s">
-        <v>61</v>
+        <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>4920</v>
+        <v>5909</v>
       </c>
       <c r="B32">
-        <v>3788</v>
+        <v>1634</v>
       </c>
       <c r="C32" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="D32">
-        <v>95732270</v>
+        <v>93572252</v>
       </c>
       <c r="E32" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="F32">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G32">
-        <v>2750</v>
+        <v>550</v>
       </c>
       <c r="H32" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="I32" t="s">
-        <v>61</v>
+        <v>97</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>4918</v>
+        <v>5907</v>
       </c>
       <c r="B33">
-        <v>3199</v>
+        <v>1724</v>
       </c>
       <c r="C33" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="D33">
-        <v>92218254</v>
+        <v>63684028</v>
       </c>
       <c r="E33" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="F33">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G33">
-        <v>1650</v>
-[...3 lines deleted...]
-      </c>
+        <v>550</v>
+      </c>
+      <c r="H33"/>
       <c r="I33" t="s">
-        <v>61</v>
+        <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>4911</v>
+        <v>5751</v>
       </c>
       <c r="B34">
-        <v>4338</v>
+        <v>2274</v>
       </c>
       <c r="C34" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="D34">
-        <v>54913253</v>
+        <v>94094898</v>
       </c>
       <c r="E34" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F34">
         <v>1</v>
       </c>
       <c r="G34">
-        <v>860</v>
+        <v>480</v>
       </c>
       <c r="H34" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="I34" t="s">
-        <v>97</v>
-[...65 lines deleted...]
-      <c r="C37" t="s">
         <v>103</v>
-      </c>
-[...1239 lines deleted...]
-        <v>216</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">