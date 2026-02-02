--- v1 (2025-12-14)
+++ v2 (2026-02-02)
@@ -12,362 +12,656 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Simple2222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
   <si>
     <t>集運編號</t>
   </si>
   <si>
     <t>會員編號</t>
   </si>
   <si>
     <t>香港寄件人姓名</t>
   </si>
   <si>
     <t>香港寄件人電話</t>
   </si>
   <si>
     <t>香港上門收件地址</t>
   </si>
   <si>
     <t>發貨總箱數</t>
   </si>
   <si>
     <t>_x0008_訂單金額</t>
   </si>
   <si>
     <t>備注</t>
   </si>
   <si>
     <t>下單日期</t>
   </si>
   <si>
-    <t>Lee Suk Lim</t>
-[...8 lines deleted...]
-    <t>2025-12-14</t>
+    <t>Edmond Li</t>
+  </si>
+  <si>
+    <t>新界屯門安定村定龍樓1206室</t>
+  </si>
+  <si>
+    <t>2026-02-02</t>
+  </si>
+  <si>
+    <t>Horus Wan</t>
+  </si>
+  <si>
+    <t>深水埗澤安村榮澤樓1123 室</t>
+  </si>
+  <si>
+    <t>Ryan chui</t>
+  </si>
+  <si>
+    <t>火炭坳背灣街61-63號盈力工業中心4樓17室</t>
+  </si>
+  <si>
+    <t>請到後通知，我們取件下來，不入停車場，謝謝</t>
+  </si>
+  <si>
+    <t>Yu Pui ling</t>
+  </si>
+  <si>
+    <t>沙田廣場銀星閣17樓1室</t>
+  </si>
+  <si>
+    <t>2月4號星期三，收取三個T2箱</t>
+  </si>
+  <si>
+    <t>Lau</t>
+  </si>
+  <si>
+    <t>新界屯門兆麟苑貴麟閣33樓3304室</t>
+  </si>
+  <si>
+    <t>約取件可以打入電話號碼是： 57757156</t>
+  </si>
+  <si>
+    <t>Liu Shuk Fan</t>
+  </si>
+  <si>
+    <t>香港天水圍天耀邨耀盛樓904室</t>
+  </si>
+  <si>
+    <t>上門收件不要安排在4/2全日及6/2下午，最好安排在3/2</t>
+  </si>
+  <si>
+    <t>張太(黃惠玲)</t>
+  </si>
+  <si>
+    <t>青衣長亨邨亨麗樓2322室</t>
+  </si>
+  <si>
+    <t>T1 x 1</t>
+  </si>
+  <si>
+    <t>Ms Or</t>
+  </si>
+  <si>
+    <t>沙田博康邨博達樓318 室</t>
+  </si>
+  <si>
+    <t>T2x1， 5/2（星期四）上午收件</t>
+  </si>
+  <si>
+    <t>Pui Kwan Chung</t>
+  </si>
+  <si>
+    <t>新界天水圍天恩路12號嘉湖海逸酒店一期大堂</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>Siu San POON</t>
+  </si>
+  <si>
+    <t>Flat G, 2/F, Block 2 Greenview Terrace, 6 Castle Peak Road (Ting Kau Section), Tsuen Wan</t>
+  </si>
+  <si>
+    <t>蘇楚喬</t>
+  </si>
+  <si>
+    <t>上環高陞街27號地下</t>
+  </si>
+  <si>
+    <t>2月2日 下午5點前</t>
+  </si>
+  <si>
+    <t>Chau Chun Ning</t>
+  </si>
+  <si>
+    <t>新界粉嶺 一鳴路23號，牽晴間，10座7樓B室</t>
+  </si>
+  <si>
+    <t>Mei Chan</t>
+  </si>
+  <si>
+    <t>油塘高怡村高志樓20樓2002室</t>
+  </si>
+  <si>
+    <t>麻煩上來收箱前一小時電話通知，謝謝</t>
+  </si>
+  <si>
+    <t>李慧蓮</t>
+  </si>
+  <si>
+    <t>九龍觀塘鴻圖道44-46號，世紀工商中心1016室</t>
+  </si>
+  <si>
+    <t>2月3日收件，下午一點至三點。</t>
+  </si>
+  <si>
+    <t>Michelle Lam</t>
+  </si>
+  <si>
+    <t>荃灣沙咀道376 號尚翠苑翠庭樓3607 室</t>
+  </si>
+  <si>
+    <t>星期二2月3號取件，荃灣沙咀道停車場可泊車30分鐘免費</t>
+  </si>
+  <si>
+    <t>黃小姐</t>
+  </si>
+  <si>
+    <t>慈雲山慈正邨正泰樓2604室</t>
+  </si>
+  <si>
+    <t>2月2日或2月3日，全日</t>
   </si>
   <si>
     <t>Kelvin</t>
   </si>
   <si>
     <t>香港荔枝角長裕街2號嘉圖工廠大廈5樓B座501室</t>
   </si>
   <si>
-    <t>2025-12-13</t>
-[...263 lines deleted...]
-    <t>2025-11-25</t>
+    <t>於今天（1/2）已將兩箱貨品放於荔枝角嘉圖工廠大廈</t>
+  </si>
+  <si>
+    <t>Ng Pui Yee Kimy</t>
+  </si>
+  <si>
+    <t>九龍藍田匯景花園第9座19樓F室</t>
+  </si>
+  <si>
+    <t>T2x1 請在收件前一日聯絡Ms Ng確定日子時間</t>
+  </si>
+  <si>
+    <t>May Kan</t>
+  </si>
+  <si>
+    <t>香港薄扶林置富道 1A號 雅緻洋房 7 座 3 樓 B 室</t>
+  </si>
+  <si>
+    <t>T2x5, 建議二月三日或二月七日收件, 兩天皆全日可以收件</t>
+  </si>
+  <si>
+    <t>Mr Tam</t>
+  </si>
+  <si>
+    <t>九龍土瓜灣朗月街3號偉恆昌新邨偉景閣D座11樓2室</t>
+  </si>
+  <si>
+    <t>T2x1, 全日可收件</t>
+  </si>
+  <si>
+    <t>何艷屏</t>
+  </si>
+  <si>
+    <t>新界大埔富善邨善鄰樓3428室</t>
+  </si>
+  <si>
+    <t>Y K LEUNG</t>
+  </si>
+  <si>
+    <t>小西灣富景花園7座24樓C室</t>
+  </si>
+  <si>
+    <t>02 Feb 2026</t>
+  </si>
+  <si>
+    <t>Shea sik lam</t>
+  </si>
+  <si>
+    <t>新界元朗天水圍天耀邨耀泰樓1205室</t>
+  </si>
+  <si>
+    <t>請盡量安排2月2,3號收箱</t>
+  </si>
+  <si>
+    <t>2026-01-31</t>
+  </si>
+  <si>
+    <t>Ching Lam</t>
+  </si>
+  <si>
+    <t>11樓E室，新基大廈，軒尼詩道，灣仔</t>
+  </si>
+  <si>
+    <t>Roy Chiu / Fion Chan</t>
+  </si>
+  <si>
+    <t>九龍觀塘順安邨安頌樓823室</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 下星期一晚才pack好箱，如果可以安排到，請司機星期二來收件，希望趕到農曆年前船期。另外一個香港電話 9459 4842 （只可以whatsapp），因為人在英國。 </t>
+  </si>
+  <si>
+    <t>Yu Hiu ching</t>
+  </si>
+  <si>
+    <t>葵汐安蔭邨祥蔭樓3404室</t>
+  </si>
+  <si>
+    <t>2026年2月3日</t>
+  </si>
+  <si>
+    <t>Amanda</t>
+  </si>
+  <si>
+    <t>新界大埔運頭塘村運來樓3306室</t>
+  </si>
+  <si>
+    <t>Ms Chan</t>
+  </si>
+  <si>
+    <t>屯門富健花園7座3/F E室</t>
+  </si>
+  <si>
+    <t>煩請安排司機 2-3 Feb 收件， 因想趕在9 Feb 入櫃，謝 謝</t>
+  </si>
+  <si>
+    <t>Alletta Lam</t>
+  </si>
+  <si>
+    <t>香港天水圍嘉湖山莊景湖居6座36D室</t>
+  </si>
+  <si>
+    <t>平日要返工，下星期三特別請了半天假，希望能安排4/2下午，2：30後收件</t>
+  </si>
+  <si>
+    <t>Ms. Peg Lam</t>
+  </si>
+  <si>
+    <t>黃大仙東頭邨茂東樓711室</t>
+  </si>
+  <si>
+    <t>2月2日下午2點後或2月3日1點至2點15分</t>
+  </si>
+  <si>
+    <t>鄧志强</t>
+  </si>
+  <si>
+    <t>新界元朗锦田北围村51号</t>
+  </si>
+  <si>
+    <t>T1</t>
+  </si>
+  <si>
+    <t>sim</t>
+  </si>
+  <si>
+    <t>新界屯門順豐圍 由廣田街入  直去 留意左邊昌秀花園轉右直去泊車位置等</t>
+  </si>
+  <si>
+    <t>4號下午4點後收</t>
+  </si>
+  <si>
+    <t>Alice</t>
+  </si>
+  <si>
+    <t>紅磡鶴園街2G號 恆豐工業大廈第二期11樓E2-05室</t>
+  </si>
+  <si>
+    <t>請安排 2月3日 收箱</t>
+  </si>
+  <si>
+    <t>Debbie Yau</t>
+  </si>
+  <si>
+    <t>何文田愛民邨信民樓1903室</t>
+  </si>
+  <si>
+    <t>T2 x 1, 請盡量安排2月3日約中午12點收件</t>
+  </si>
+  <si>
+    <t>Kar Wing Fuk</t>
+  </si>
+  <si>
+    <t>Room 1112  Regal Hong Kong Hotel, 88 Yee Wo Street, Causeway Bay, Hong Kong.</t>
+  </si>
+  <si>
+    <t>2月2号下午3点后收件</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maggie Cheung </t>
+  </si>
+  <si>
+    <t>香港德輔道西139號鴻昌商業大廈 14/F  B-C室</t>
+  </si>
+  <si>
+    <t>請安排2/2 下午至5:00收件</t>
+  </si>
+  <si>
+    <t>黃先生</t>
+  </si>
+  <si>
+    <t>大埔大窩村100號</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3/2 </t>
+  </si>
+  <si>
+    <t>NG KWAN YIN</t>
+  </si>
+  <si>
+    <t>屯門兆康苑兆順閣2207室</t>
+  </si>
+  <si>
+    <t>劉慶森</t>
+  </si>
+  <si>
+    <t>屯門良景邨良華樓603室</t>
+  </si>
+  <si>
+    <t>1月31日或2月2日</t>
+  </si>
+  <si>
+    <t>CHEUNG HIU YUEN</t>
+  </si>
+  <si>
+    <t>葵涌健康街15至23號泉基工業大廈1/F 全層</t>
+  </si>
+  <si>
+    <t>T2x1 ,星期一至五 10:00 - 16:00</t>
+  </si>
+  <si>
+    <t>Maggie Lai</t>
+  </si>
+  <si>
+    <t>新界屯門悅湖山莊第13座22樓G室</t>
+  </si>
+  <si>
+    <t>鄭水</t>
+  </si>
+  <si>
+    <t>香港筲箕灣筲箕灣東大街2號麗東海景豪苑2期17樓F室</t>
+  </si>
+  <si>
+    <t>星期二，星期三，休息，其它日子中午12點至晚上8點</t>
+  </si>
+  <si>
+    <t>KH Lam</t>
+  </si>
+  <si>
+    <t>香港鰂魚涌鰂魚涌街124號太興樓九樓N室（電梯8字）</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>周先生</t>
+  </si>
+  <si>
+    <t>新界 粉嶺 一鳴路23號 牽晴間 10 座 7 樓 B</t>
+  </si>
+  <si>
+    <t>楊小姐</t>
+  </si>
+  <si>
+    <t>九龍愛民邨新民樓613室</t>
+  </si>
+  <si>
+    <t>T2x1 星期六全日收件</t>
+  </si>
+  <si>
+    <t>畢浩明</t>
+  </si>
+  <si>
+    <t>中環永和街23~29號 俊和商業中心20樓</t>
+  </si>
+  <si>
+    <t>Feb 2 or Feb 3 , 12 noon to 6 pm</t>
+  </si>
+  <si>
+    <t>龔耀祖</t>
+  </si>
+  <si>
+    <t>屯門怡峰苑第一座12樓A室</t>
+  </si>
+  <si>
+    <t>星期六收件31/1，如果你哋可以4點前收件就可以直接上屋企拎，過左4點我想放管理處但咁大箱唔知比唔比放管理處</t>
+  </si>
+  <si>
+    <t>Anthony lo</t>
+  </si>
+  <si>
+    <t>九龍新蒲崗大有街34號新科技廣場7樓721室</t>
+  </si>
+  <si>
+    <t>2026年2月2號, 早上0900 -1730 可以收貨，T2x6+M4x7 [貨到英國專車派送]</t>
+  </si>
+  <si>
+    <t>Ms. Sin Yuk Yee (冼小姐)</t>
+  </si>
+  <si>
+    <t>新界, 葵涌, 和宜合道33 號, 雍澄軒</t>
+  </si>
+  <si>
+    <t>T2x1 全門可收件</t>
+  </si>
+  <si>
+    <t>Will Liu</t>
+  </si>
+  <si>
+    <t>鰂魚涌康怡花園P座6樓07室</t>
+  </si>
+  <si>
+    <t>麻煩司機提早一日通知，返工前搬出門口，如無人在家，封好紙箱會放在門口，謝謝！</t>
+  </si>
+  <si>
+    <t>Ching Jiang</t>
+  </si>
+  <si>
+    <t>香港新界粉嶺暉明路暉明邨昇暉樓2803室</t>
+  </si>
+  <si>
+    <t>2月2號, 下午4-6點</t>
+  </si>
+  <si>
+    <t>2月2號上門收貨</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>Corlinna Kong</t>
+  </si>
+  <si>
+    <t>62-64 Fort Street, Flat B, 17/F, Parker’s Court</t>
+  </si>
+  <si>
+    <t>請安排 31號 / 2號 / 3號 3pm後收件</t>
+  </si>
+  <si>
+    <t>2026-01-27</t>
+  </si>
+  <si>
+    <t>Chui Yuet Ho</t>
+  </si>
+  <si>
+    <t>馬鞍山恆安邨宏峯樓34樓3421室</t>
+  </si>
+  <si>
+    <t>Kenny Man</t>
+  </si>
+  <si>
+    <t>荃灣柴灣角街金熊工業中心G座15樓02室</t>
+  </si>
+  <si>
+    <t>請司機提早WhatsApp我，我未必聽到電話，謝謝</t>
+  </si>
+  <si>
+    <t>Chu TZE Wing</t>
+  </si>
+  <si>
+    <t>元朗錦田吉慶圍198號美景花園B座地下</t>
+  </si>
+  <si>
+    <t>31/1週六收貨</t>
+  </si>
+  <si>
+    <t>簡淑芳</t>
+  </si>
+  <si>
+    <t>汀九帝景酒店718号房</t>
+  </si>
+  <si>
+    <t>2/2 星期一收貨</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>Ho hoi kuen</t>
+  </si>
+  <si>
+    <t>九龍長沙灣東沙島街東蘭閣A座11樓D</t>
+  </si>
+  <si>
+    <t>Maggie Yung</t>
+  </si>
+  <si>
+    <t>香港新界火炭星凱堤岸3座19樓E室</t>
+  </si>
+  <si>
+    <t>安排2月6日收箱</t>
+  </si>
+  <si>
+    <t>Winnie Wong</t>
+  </si>
+  <si>
+    <t>屯門山景邨景美樓 A3205</t>
+  </si>
+  <si>
+    <t>1/31星期六收貨，最遲要 12:00 到</t>
+  </si>
+  <si>
+    <t>Kelly</t>
+  </si>
+  <si>
+    <t xml:space="preserve">香港新界屯門山景邨景安樓C1302室 </t>
+  </si>
+  <si>
+    <t>M3x1, 29號或之後收件 盡量朝早／晚上</t>
+  </si>
+  <si>
+    <t>2026-01-25</t>
+  </si>
+  <si>
+    <t>陳佩儀</t>
+  </si>
+  <si>
+    <t>香港新界火炭駿景園10座3樓B室</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>Yeung sze ling</t>
+  </si>
+  <si>
+    <t>沙田沙角邨雲雀樓20樓2033室</t>
+  </si>
+  <si>
+    <t>陳倩君</t>
+  </si>
+  <si>
+    <t>將軍澳東港城7座19樓H室</t>
+  </si>
+  <si>
+    <t>Chloe Cheung</t>
+  </si>
+  <si>
+    <t>新界荃灣沙咀道328號寶石大廈第二座8樓E室</t>
+  </si>
+  <si>
+    <t>T2x1  1月23曰星期五全日</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>安排1月23日收箱</t>
+  </si>
+  <si>
+    <t>2026-01-18</t>
+  </si>
+  <si>
+    <t>Kit So</t>
+  </si>
+  <si>
+    <t>沙田第一城第4座25樓C室</t>
+  </si>
+  <si>
+    <t>23 號收件</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -670,1020 +964,2048 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I34"/>
+  <dimension ref="A1:I70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>6135</v>
+        <v>7140</v>
       </c>
       <c r="B2">
-        <v>4939</v>
+        <v>5366</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2">
-        <v>92765048</v>
+        <v>61233500</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2">
         <v>1</v>
       </c>
       <c r="G2">
-        <v>500</v>
-[...1 lines deleted...]
-      <c r="H2" t="s">
+        <v>550</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>6133</v>
+        <v>7137</v>
       </c>
       <c r="B3">
-        <v>4895</v>
+        <v>1911</v>
       </c>
       <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3">
+        <v>66223819</v>
+      </c>
+      <c r="E3" t="s">
         <v>13</v>
       </c>
-      <c r="D3">
-[...4 lines deleted...]
-      </c>
       <c r="F3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G3">
-        <v>550</v>
-[...3 lines deleted...]
-      </c>
+        <v>1100</v>
+      </c>
+      <c r="H3"/>
       <c r="I3" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>6131</v>
+        <v>7136</v>
       </c>
       <c r="B4">
-        <v>3670</v>
+        <v>5231</v>
       </c>
       <c r="C4" t="s">
+        <v>14</v>
+      </c>
+      <c r="D4">
+        <v>92531430</v>
+      </c>
+      <c r="E4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F4">
+        <v>1</v>
+      </c>
+      <c r="G4">
+        <v>550</v>
+      </c>
+      <c r="H4" t="s">
         <v>16</v>
       </c>
-      <c r="D4">
-[...13 lines deleted...]
-      </c>
       <c r="I4" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>6130</v>
+        <v>7134</v>
       </c>
       <c r="B5">
-        <v>4802</v>
+        <v>4299</v>
       </c>
       <c r="C5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5">
+        <v>91247063</v>
+      </c>
+      <c r="E5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F5">
+        <v>3</v>
+      </c>
+      <c r="G5">
+        <v>1650</v>
+      </c>
+      <c r="H5" t="s">
         <v>19</v>
       </c>
-      <c r="D5">
-[...13 lines deleted...]
-      </c>
       <c r="I5" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>6129</v>
+        <v>7133</v>
       </c>
       <c r="B6">
-        <v>4913</v>
+        <v>5295</v>
       </c>
       <c r="C6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D6">
-        <v>96503136</v>
+        <v>61861181</v>
       </c>
       <c r="E6" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F6">
         <v>1</v>
       </c>
       <c r="G6">
         <v>550</v>
       </c>
-      <c r="H6"/>
+      <c r="H6" t="s">
+        <v>22</v>
+      </c>
       <c r="I6" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>6128</v>
+        <v>7129</v>
       </c>
       <c r="B7">
-        <v>4930</v>
+        <v>2258</v>
       </c>
       <c r="C7" t="s">
+        <v>23</v>
+      </c>
+      <c r="D7">
+        <v>65975816</v>
+      </c>
+      <c r="E7" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
       <c r="F7">
         <v>1</v>
       </c>
       <c r="G7">
         <v>550</v>
       </c>
-      <c r="H7"/>
+      <c r="H7" t="s">
+        <v>25</v>
+      </c>
       <c r="I7" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>6126</v>
+        <v>7127</v>
       </c>
       <c r="B8">
-        <v>4903</v>
+        <v>5387</v>
       </c>
       <c r="C8" t="s">
         <v>26</v>
       </c>
       <c r="D8">
-        <v>98716907</v>
+        <v>92188099</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="F8">
         <v>1</v>
       </c>
       <c r="G8">
-        <v>550</v>
-[...1 lines deleted...]
-      <c r="H8"/>
+        <v>480</v>
+      </c>
+      <c r="H8" t="s">
+        <v>28</v>
+      </c>
       <c r="I8" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>6121</v>
+        <v>7126</v>
       </c>
       <c r="B9">
+        <v>2292</v>
+      </c>
+      <c r="C9" t="s">
         <v>29</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9">
-        <v>94455572</v>
+        <v>93437303</v>
       </c>
       <c r="E9" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F9">
         <v>1</v>
       </c>
       <c r="G9">
-        <v>550</v>
+        <v>500</v>
       </c>
       <c r="H9" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I9" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>6120</v>
+        <v>7125</v>
       </c>
       <c r="B10">
-        <v>4955</v>
+        <v>5395</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D10">
-        <v>98661099</v>
+        <v>64628453</v>
       </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="F10">
         <v>1</v>
       </c>
       <c r="G10">
-        <v>550</v>
-[...3 lines deleted...]
-      </c>
+        <v>1360</v>
+      </c>
+      <c r="H10"/>
       <c r="I10" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>6119</v>
+        <v>7124</v>
       </c>
       <c r="B11">
-        <v>4211</v>
+        <v>5031</v>
       </c>
       <c r="C11" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D11">
-        <v>67446713</v>
+        <v>98354556</v>
       </c>
       <c r="E11" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F11">
         <v>1</v>
       </c>
       <c r="G11">
-        <v>860</v>
+        <v>550</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>6116</v>
+        <v>7121</v>
       </c>
       <c r="B12">
-        <v>4530</v>
+        <v>347</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D12">
-        <v>96060476</v>
+        <v>92522554</v>
       </c>
       <c r="E12" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F12">
         <v>1</v>
       </c>
       <c r="G12">
-        <v>500</v>
-[...1 lines deleted...]
-      <c r="H12"/>
+        <v>950</v>
+      </c>
+      <c r="H12" t="s">
+        <v>39</v>
+      </c>
       <c r="I12" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>6115</v>
+        <v>7120</v>
       </c>
       <c r="B13">
-        <v>4956</v>
+        <v>5396</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D13">
-        <v>93707090</v>
+        <v>93029792</v>
       </c>
       <c r="E13" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F13">
         <v>1</v>
       </c>
       <c r="G13">
-        <v>550</v>
-[...3 lines deleted...]
-      </c>
+        <v>520</v>
+      </c>
+      <c r="H13"/>
       <c r="I13" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>6114</v>
+        <v>7118</v>
       </c>
       <c r="B14">
-        <v>4009</v>
+        <v>5386</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D14">
-        <v>63801139</v>
+        <v>97366203</v>
       </c>
       <c r="E14" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F14">
         <v>1</v>
       </c>
       <c r="G14">
-        <v>550</v>
+        <v>1360</v>
       </c>
       <c r="H14" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="I14" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>6112</v>
+        <v>7117</v>
       </c>
       <c r="B15">
-        <v>3755</v>
+        <v>1852</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D15">
-        <v>66908614</v>
+        <v>92508668</v>
       </c>
       <c r="E15" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F15">
         <v>1</v>
       </c>
       <c r="G15">
-        <v>550</v>
+        <v>520</v>
       </c>
       <c r="H15" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="I15" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>6108</v>
+        <v>7116</v>
       </c>
       <c r="B16">
-        <v>4967</v>
+        <v>5371</v>
       </c>
       <c r="C16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D16">
-        <v>97328772</v>
+        <v>64283592</v>
       </c>
       <c r="E16" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F16">
         <v>1</v>
       </c>
       <c r="G16">
         <v>550</v>
       </c>
       <c r="H16" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I16" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>6102</v>
+        <v>7114</v>
       </c>
       <c r="B17">
-        <v>2184</v>
+        <v>1781</v>
       </c>
       <c r="C17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D17">
-        <v>90949904</v>
+        <v>64348615</v>
       </c>
       <c r="E17" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F17">
         <v>1</v>
       </c>
       <c r="G17">
         <v>550</v>
       </c>
       <c r="H17" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I17" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>6098</v>
+        <v>7113</v>
       </c>
       <c r="B18">
-        <v>4993</v>
+        <v>5346</v>
       </c>
       <c r="C18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D18">
-        <v>95615195</v>
+        <v>94455572</v>
       </c>
       <c r="E18" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F18">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G18">
-        <v>480</v>
+        <v>1100</v>
       </c>
       <c r="H18" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I18" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>6091</v>
+        <v>7112</v>
       </c>
       <c r="B19">
-        <v>3315</v>
+        <v>5164</v>
       </c>
       <c r="C19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D19">
-        <v>63801139</v>
+        <v>93033458</v>
       </c>
       <c r="E19" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F19">
         <v>1</v>
       </c>
       <c r="G19">
         <v>550</v>
       </c>
       <c r="H19" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I19" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>6090</v>
+        <v>7111</v>
       </c>
       <c r="B20">
-        <v>4876</v>
+        <v>4757</v>
       </c>
       <c r="C20" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D20">
-        <v>98361024</v>
+        <v>91883298</v>
       </c>
       <c r="E20" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F20">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G20">
-        <v>520</v>
+        <v>2750</v>
       </c>
       <c r="H20" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="I20" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>6089</v>
+        <v>7110</v>
       </c>
       <c r="B21">
-        <v>4935</v>
+        <v>2277</v>
       </c>
       <c r="C21" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="D21">
-        <v>94455572</v>
+        <v>54061952</v>
       </c>
       <c r="E21" t="s">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="F21">
         <v>1</v>
       </c>
       <c r="G21">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="H21"/>
+        <v>550</v>
+      </c>
+      <c r="H21" t="s">
+        <v>65</v>
+      </c>
       <c r="I21" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>6088</v>
+        <v>7109</v>
       </c>
       <c r="B22">
-        <v>4343</v>
+        <v>984</v>
       </c>
       <c r="C22" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="D22">
-        <v>62989854</v>
+        <v>62345863</v>
       </c>
       <c r="E22" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F22">
         <v>1</v>
       </c>
       <c r="G22">
-        <v>480</v>
-[...3 lines deleted...]
-      </c>
+        <v>550</v>
+      </c>
+      <c r="H22"/>
       <c r="I22" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>6078</v>
+        <v>7108</v>
       </c>
       <c r="B23">
-        <v>4898</v>
+        <v>1738</v>
       </c>
       <c r="C23" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D23">
-        <v>91937493</v>
+        <v>91265902</v>
       </c>
       <c r="E23" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="F23">
         <v>2</v>
       </c>
       <c r="G23">
-        <v>1000</v>
+        <v>1100</v>
       </c>
       <c r="H23" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="I23" t="s">
-        <v>68</v>
+        <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>6065</v>
+        <v>7107</v>
       </c>
       <c r="B24">
-        <v>4613</v>
+        <v>2827</v>
       </c>
       <c r="C24" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D24">
-        <v>92135927</v>
+        <v>61295652</v>
       </c>
       <c r="E24" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F24">
         <v>1</v>
       </c>
       <c r="G24">
         <v>550</v>
       </c>
-      <c r="H24"/>
+      <c r="H24" t="s">
+        <v>73</v>
+      </c>
       <c r="I24" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>6064</v>
+        <v>7106</v>
       </c>
       <c r="B25">
-        <v>4960</v>
+        <v>5336</v>
       </c>
       <c r="C25" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="D25">
-        <v>92634439</v>
+        <v>96304210</v>
       </c>
       <c r="E25" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F25">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G25">
-        <v>550</v>
-[...1 lines deleted...]
-      <c r="H25" t="s">
+        <v>1100</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>6055</v>
+        <v>7105</v>
       </c>
       <c r="B26">
-        <v>1749</v>
+        <v>3139</v>
       </c>
       <c r="C26" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D26">
-        <v>65320693</v>
+        <v>94539530</v>
       </c>
       <c r="E26" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F26">
         <v>1</v>
       </c>
       <c r="G26">
-        <v>550</v>
-[...1 lines deleted...]
-      <c r="H26"/>
+        <v>750</v>
+      </c>
+      <c r="H26" t="s">
+        <v>79</v>
+      </c>
       <c r="I26" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>6013</v>
+        <v>7102</v>
       </c>
       <c r="B27">
-        <v>3584</v>
+        <v>5235</v>
       </c>
       <c r="C27" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D27">
-        <v>97355771</v>
+        <v>51183689</v>
       </c>
       <c r="E27" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F27">
         <v>1</v>
       </c>
       <c r="G27">
-        <v>550</v>
-[...1 lines deleted...]
-      <c r="H27"/>
+        <v>500</v>
+      </c>
+      <c r="H27" t="s">
+        <v>82</v>
+      </c>
       <c r="I27" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>6003</v>
+        <v>7100</v>
       </c>
       <c r="B28">
-        <v>4945</v>
+        <v>29</v>
       </c>
       <c r="C28" t="s">
-        <v>81</v>
+        <v>54</v>
       </c>
       <c r="D28">
-        <v>98143958</v>
+        <v>94455572</v>
       </c>
       <c r="E28" t="s">
-        <v>82</v>
+        <v>55</v>
       </c>
       <c r="F28">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G28">
-        <v>3550</v>
+        <v>550</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>5966</v>
+        <v>7099</v>
       </c>
       <c r="B29">
-        <v>4844</v>
+        <v>3557</v>
       </c>
       <c r="C29" t="s">
         <v>83</v>
       </c>
       <c r="D29">
-        <v>92550251</v>
+        <v>97754579</v>
       </c>
       <c r="E29" t="s">
         <v>84</v>
       </c>
       <c r="F29">
         <v>1</v>
       </c>
       <c r="G29">
-        <v>500</v>
-[...3 lines deleted...]
-      </c>
+        <v>550</v>
+      </c>
+      <c r="H29"/>
       <c r="I29" t="s">
-        <v>86</v>
+        <v>74</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>5950</v>
+        <v>7098</v>
       </c>
       <c r="B30">
-        <v>4938</v>
+        <v>2253</v>
       </c>
       <c r="C30" t="s">
+        <v>85</v>
+      </c>
+      <c r="D30">
+        <v>62208879</v>
+      </c>
+      <c r="E30" t="s">
+        <v>86</v>
+      </c>
+      <c r="F30">
+        <v>1</v>
+      </c>
+      <c r="G30">
+        <v>480</v>
+      </c>
+      <c r="H30" t="s">
         <v>87</v>
       </c>
-      <c r="D30">
-[...13 lines deleted...]
-      </c>
       <c r="I30" t="s">
-        <v>86</v>
+        <v>74</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>5937</v>
+        <v>7097</v>
       </c>
       <c r="B31">
-        <v>4887</v>
+        <v>3433</v>
       </c>
       <c r="C31" t="s">
+        <v>88</v>
+      </c>
+      <c r="D31">
+        <v>61727517</v>
+      </c>
+      <c r="E31" t="s">
+        <v>89</v>
+      </c>
+      <c r="F31">
+        <v>2</v>
+      </c>
+      <c r="G31">
+        <v>1000</v>
+      </c>
+      <c r="H31" t="s">
         <v>90</v>
       </c>
-      <c r="D31">
-[...13 lines deleted...]
-      </c>
       <c r="I31" t="s">
-        <v>93</v>
+        <v>74</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>5909</v>
+        <v>7096</v>
       </c>
       <c r="B32">
-        <v>1634</v>
+        <v>5206</v>
       </c>
       <c r="C32" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="D32">
-        <v>93572252</v>
+        <v>98632328</v>
       </c>
       <c r="E32" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="F32">
         <v>1</v>
       </c>
       <c r="G32">
         <v>550</v>
       </c>
       <c r="H32" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="I32" t="s">
-        <v>97</v>
+        <v>74</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>5907</v>
+        <v>7095</v>
       </c>
       <c r="B33">
-        <v>1724</v>
+        <v>5368</v>
       </c>
       <c r="C33" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="D33">
-        <v>63684028</v>
+        <v>54186122</v>
       </c>
       <c r="E33" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="F33">
         <v>1</v>
       </c>
       <c r="G33">
-        <v>550</v>
-[...1 lines deleted...]
-      <c r="H33"/>
+        <v>480</v>
+      </c>
+      <c r="H33" t="s">
+        <v>96</v>
+      </c>
       <c r="I33" t="s">
-        <v>97</v>
+        <v>74</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>5751</v>
+        <v>7093</v>
       </c>
       <c r="B34">
-        <v>2274</v>
+        <v>4388</v>
       </c>
       <c r="C34" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D34">
-        <v>94094898</v>
+        <v>94975022</v>
       </c>
       <c r="E34" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="F34">
         <v>1</v>
       </c>
       <c r="G34">
         <v>480</v>
       </c>
       <c r="H34" t="s">
+        <v>99</v>
+      </c>
+      <c r="I34" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35">
+        <v>7089</v>
+      </c>
+      <c r="B35">
+        <v>1883</v>
+      </c>
+      <c r="C35" t="s">
+        <v>100</v>
+      </c>
+      <c r="D35">
+        <v>98542504</v>
+      </c>
+      <c r="E35" t="s">
+        <v>101</v>
+      </c>
+      <c r="F35">
+        <v>1</v>
+      </c>
+      <c r="G35">
+        <v>550</v>
+      </c>
+      <c r="H35" t="s">
         <v>102</v>
       </c>
-      <c r="I34" t="s">
+      <c r="I35" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36">
+        <v>7088</v>
+      </c>
+      <c r="B36">
+        <v>5204</v>
+      </c>
+      <c r="C36" t="s">
         <v>103</v>
+      </c>
+      <c r="D36">
+        <v>91638152</v>
+      </c>
+      <c r="E36" t="s">
+        <v>104</v>
+      </c>
+      <c r="F36">
+        <v>1</v>
+      </c>
+      <c r="G36">
+        <v>550</v>
+      </c>
+      <c r="H36" t="s">
+        <v>105</v>
+      </c>
+      <c r="I36" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37">
+        <v>7087</v>
+      </c>
+      <c r="B37">
+        <v>4781</v>
+      </c>
+      <c r="C37" t="s">
+        <v>106</v>
+      </c>
+      <c r="D37">
+        <v>56924897</v>
+      </c>
+      <c r="E37" t="s">
+        <v>107</v>
+      </c>
+      <c r="F37">
+        <v>1</v>
+      </c>
+      <c r="G37">
+        <v>550</v>
+      </c>
+      <c r="H37" t="s">
+        <v>108</v>
+      </c>
+      <c r="I37" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38">
+        <v>7086</v>
+      </c>
+      <c r="B38">
+        <v>1589</v>
+      </c>
+      <c r="C38" t="s">
+        <v>110</v>
+      </c>
+      <c r="D38">
+        <v>90210984</v>
+      </c>
+      <c r="E38" t="s">
+        <v>111</v>
+      </c>
+      <c r="F38">
+        <v>1</v>
+      </c>
+      <c r="G38">
+        <v>860</v>
+      </c>
+      <c r="H38" t="s">
+        <v>112</v>
+      </c>
+      <c r="I38" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39">
+        <v>7085</v>
+      </c>
+      <c r="B39">
+        <v>3051</v>
+      </c>
+      <c r="C39" t="s">
+        <v>113</v>
+      </c>
+      <c r="D39">
+        <v>92662387</v>
+      </c>
+      <c r="E39" t="s">
+        <v>114</v>
+      </c>
+      <c r="F39">
+        <v>1</v>
+      </c>
+      <c r="G39">
+        <v>550</v>
+      </c>
+      <c r="H39" t="s">
+        <v>115</v>
+      </c>
+      <c r="I39" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40">
+        <v>7082</v>
+      </c>
+      <c r="B40">
+        <v>5097</v>
+      </c>
+      <c r="C40" t="s">
+        <v>116</v>
+      </c>
+      <c r="D40">
+        <v>98569201</v>
+      </c>
+      <c r="E40" t="s">
+        <v>117</v>
+      </c>
+      <c r="F40">
+        <v>1</v>
+      </c>
+      <c r="G40">
+        <v>550</v>
+      </c>
+      <c r="H40"/>
+      <c r="I40" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41">
+        <v>7080</v>
+      </c>
+      <c r="B41">
+        <v>4047</v>
+      </c>
+      <c r="C41" t="s">
+        <v>118</v>
+      </c>
+      <c r="D41">
+        <v>65400063</v>
+      </c>
+      <c r="E41" t="s">
+        <v>119</v>
+      </c>
+      <c r="F41">
+        <v>3</v>
+      </c>
+      <c r="G41">
+        <v>1650</v>
+      </c>
+      <c r="H41" t="s">
+        <v>120</v>
+      </c>
+      <c r="I41" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42">
+        <v>7079</v>
+      </c>
+      <c r="B42">
+        <v>2716</v>
+      </c>
+      <c r="C42" t="s">
+        <v>121</v>
+      </c>
+      <c r="D42">
+        <v>94515005</v>
+      </c>
+      <c r="E42" t="s">
+        <v>122</v>
+      </c>
+      <c r="F42">
+        <v>1</v>
+      </c>
+      <c r="G42">
+        <v>550</v>
+      </c>
+      <c r="H42" t="s">
+        <v>123</v>
+      </c>
+      <c r="I42" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43">
+        <v>7075</v>
+      </c>
+      <c r="B43">
+        <v>1591</v>
+      </c>
+      <c r="C43" t="s">
+        <v>124</v>
+      </c>
+      <c r="D43">
+        <v>93497980</v>
+      </c>
+      <c r="E43" t="s">
+        <v>125</v>
+      </c>
+      <c r="F43">
+        <v>2</v>
+      </c>
+      <c r="G43">
+        <v>1100</v>
+      </c>
+      <c r="H43"/>
+      <c r="I43" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44">
+        <v>7074</v>
+      </c>
+      <c r="B44">
+        <v>770</v>
+      </c>
+      <c r="C44" t="s">
+        <v>126</v>
+      </c>
+      <c r="D44">
+        <v>93873963</v>
+      </c>
+      <c r="E44" t="s">
+        <v>127</v>
+      </c>
+      <c r="F44">
+        <v>1</v>
+      </c>
+      <c r="G44">
+        <v>480</v>
+      </c>
+      <c r="H44" t="s">
+        <v>128</v>
+      </c>
+      <c r="I44" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45">
+        <v>7073</v>
+      </c>
+      <c r="B45">
+        <v>5300</v>
+      </c>
+      <c r="C45" t="s">
+        <v>129</v>
+      </c>
+      <c r="D45">
+        <v>93543980</v>
+      </c>
+      <c r="E45" t="s">
+        <v>130</v>
+      </c>
+      <c r="F45">
+        <v>1</v>
+      </c>
+      <c r="G45">
+        <v>550</v>
+      </c>
+      <c r="H45"/>
+      <c r="I45" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46">
+        <v>7072</v>
+      </c>
+      <c r="B46">
+        <v>5249</v>
+      </c>
+      <c r="C46" t="s">
+        <v>132</v>
+      </c>
+      <c r="D46">
+        <v>91583335</v>
+      </c>
+      <c r="E46" t="s">
+        <v>133</v>
+      </c>
+      <c r="F46">
+        <v>1</v>
+      </c>
+      <c r="G46">
+        <v>480</v>
+      </c>
+      <c r="H46"/>
+      <c r="I46" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47">
+        <v>7071</v>
+      </c>
+      <c r="B47">
+        <v>2778</v>
+      </c>
+      <c r="C47" t="s">
+        <v>134</v>
+      </c>
+      <c r="D47">
+        <v>95221883</v>
+      </c>
+      <c r="E47" t="s">
+        <v>135</v>
+      </c>
+      <c r="F47">
+        <v>1</v>
+      </c>
+      <c r="G47">
+        <v>550</v>
+      </c>
+      <c r="H47" t="s">
+        <v>136</v>
+      </c>
+      <c r="I47" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48">
+        <v>7070</v>
+      </c>
+      <c r="B48">
+        <v>5379</v>
+      </c>
+      <c r="C48" t="s">
+        <v>137</v>
+      </c>
+      <c r="D48">
+        <v>90110110</v>
+      </c>
+      <c r="E48" t="s">
+        <v>138</v>
+      </c>
+      <c r="F48">
+        <v>2</v>
+      </c>
+      <c r="G48">
+        <v>1100</v>
+      </c>
+      <c r="H48" t="s">
+        <v>139</v>
+      </c>
+      <c r="I48" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49">
+        <v>7069</v>
+      </c>
+      <c r="B49">
+        <v>5340</v>
+      </c>
+      <c r="C49" t="s">
+        <v>140</v>
+      </c>
+      <c r="D49">
+        <v>95511142</v>
+      </c>
+      <c r="E49" t="s">
+        <v>141</v>
+      </c>
+      <c r="F49">
+        <v>1</v>
+      </c>
+      <c r="G49">
+        <v>500</v>
+      </c>
+      <c r="H49" t="s">
+        <v>142</v>
+      </c>
+      <c r="I49" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50">
+        <v>7068</v>
+      </c>
+      <c r="B50">
+        <v>1977</v>
+      </c>
+      <c r="C50" t="s">
+        <v>143</v>
+      </c>
+      <c r="D50">
+        <v>95320716</v>
+      </c>
+      <c r="E50" t="s">
+        <v>144</v>
+      </c>
+      <c r="F50">
+        <v>13</v>
+      </c>
+      <c r="G50">
+        <v>8820</v>
+      </c>
+      <c r="H50" t="s">
+        <v>145</v>
+      </c>
+      <c r="I50" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51">
+        <v>7067</v>
+      </c>
+      <c r="B51">
+        <v>5345</v>
+      </c>
+      <c r="C51" t="s">
+        <v>146</v>
+      </c>
+      <c r="D51">
+        <v>93191103</v>
+      </c>
+      <c r="E51" t="s">
+        <v>147</v>
+      </c>
+      <c r="F51">
+        <v>1</v>
+      </c>
+      <c r="G51">
+        <v>550</v>
+      </c>
+      <c r="H51" t="s">
+        <v>148</v>
+      </c>
+      <c r="I51" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52">
+        <v>7059</v>
+      </c>
+      <c r="B52">
+        <v>5147</v>
+      </c>
+      <c r="C52" t="s">
+        <v>149</v>
+      </c>
+      <c r="D52">
+        <v>60127836</v>
+      </c>
+      <c r="E52" t="s">
+        <v>150</v>
+      </c>
+      <c r="F52">
+        <v>1</v>
+      </c>
+      <c r="G52">
+        <v>550</v>
+      </c>
+      <c r="H52" t="s">
+        <v>151</v>
+      </c>
+      <c r="I52" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53">
+        <v>7056</v>
+      </c>
+      <c r="B53">
+        <v>2124</v>
+      </c>
+      <c r="C53" t="s">
+        <v>152</v>
+      </c>
+      <c r="D53">
+        <v>54056988</v>
+      </c>
+      <c r="E53" t="s">
+        <v>153</v>
+      </c>
+      <c r="F53">
+        <v>1</v>
+      </c>
+      <c r="G53">
+        <v>520</v>
+      </c>
+      <c r="H53" t="s">
+        <v>154</v>
+      </c>
+      <c r="I53" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54">
+        <v>7055</v>
+      </c>
+      <c r="B54">
+        <v>2124</v>
+      </c>
+      <c r="C54" t="s">
+        <v>152</v>
+      </c>
+      <c r="D54">
+        <v>54056988</v>
+      </c>
+      <c r="E54" t="s">
+        <v>153</v>
+      </c>
+      <c r="F54">
+        <v>1</v>
+      </c>
+      <c r="G54">
+        <v>520</v>
+      </c>
+      <c r="H54" t="s">
+        <v>155</v>
+      </c>
+      <c r="I54" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55">
+        <v>7041</v>
+      </c>
+      <c r="B55">
+        <v>5155</v>
+      </c>
+      <c r="C55" t="s">
+        <v>54</v>
+      </c>
+      <c r="D55">
+        <v>94455572</v>
+      </c>
+      <c r="E55" t="s">
+        <v>55</v>
+      </c>
+      <c r="F55">
+        <v>2</v>
+      </c>
+      <c r="G55">
+        <v>1340</v>
+      </c>
+      <c r="H55"/>
+      <c r="I55" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
+      <c r="A56">
+        <v>7033</v>
+      </c>
+      <c r="B56">
+        <v>1790</v>
+      </c>
+      <c r="C56" t="s">
+        <v>157</v>
+      </c>
+      <c r="D56">
+        <v>97313810</v>
+      </c>
+      <c r="E56" t="s">
+        <v>158</v>
+      </c>
+      <c r="F56">
+        <v>3</v>
+      </c>
+      <c r="G56">
+        <v>1900</v>
+      </c>
+      <c r="H56" t="s">
+        <v>159</v>
+      </c>
+      <c r="I56" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
+      <c r="A57">
+        <v>7032</v>
+      </c>
+      <c r="B57">
+        <v>5073</v>
+      </c>
+      <c r="C57" t="s">
+        <v>161</v>
+      </c>
+      <c r="D57">
+        <v>61867043</v>
+      </c>
+      <c r="E57" t="s">
+        <v>162</v>
+      </c>
+      <c r="F57">
+        <v>1</v>
+      </c>
+      <c r="G57">
+        <v>750</v>
+      </c>
+      <c r="H57"/>
+      <c r="I57" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58">
+        <v>7026</v>
+      </c>
+      <c r="B58">
+        <v>4812</v>
+      </c>
+      <c r="C58" t="s">
+        <v>163</v>
+      </c>
+      <c r="D58">
+        <v>92229551</v>
+      </c>
+      <c r="E58" t="s">
+        <v>164</v>
+      </c>
+      <c r="F58">
+        <v>2</v>
+      </c>
+      <c r="G58">
+        <v>1100</v>
+      </c>
+      <c r="H58" t="s">
+        <v>165</v>
+      </c>
+      <c r="I58" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59">
+        <v>7022</v>
+      </c>
+      <c r="B59">
+        <v>5041</v>
+      </c>
+      <c r="C59" t="s">
+        <v>166</v>
+      </c>
+      <c r="D59">
+        <v>91013096</v>
+      </c>
+      <c r="E59" t="s">
+        <v>167</v>
+      </c>
+      <c r="F59">
+        <v>2</v>
+      </c>
+      <c r="G59">
+        <v>1720</v>
+      </c>
+      <c r="H59" t="s">
+        <v>168</v>
+      </c>
+      <c r="I59" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60">
+        <v>7020</v>
+      </c>
+      <c r="B60">
+        <v>5324</v>
+      </c>
+      <c r="C60" t="s">
+        <v>169</v>
+      </c>
+      <c r="D60">
+        <v>91664292</v>
+      </c>
+      <c r="E60" t="s">
+        <v>170</v>
+      </c>
+      <c r="F60">
+        <v>1</v>
+      </c>
+      <c r="G60">
+        <v>550</v>
+      </c>
+      <c r="H60" t="s">
+        <v>171</v>
+      </c>
+      <c r="I60" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
+      <c r="A61">
+        <v>7019</v>
+      </c>
+      <c r="B61">
+        <v>2546</v>
+      </c>
+      <c r="C61" t="s">
+        <v>173</v>
+      </c>
+      <c r="D61">
+        <v>68756940</v>
+      </c>
+      <c r="E61" t="s">
+        <v>174</v>
+      </c>
+      <c r="F61">
+        <v>1</v>
+      </c>
+      <c r="G61">
+        <v>550</v>
+      </c>
+      <c r="H61"/>
+      <c r="I61" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
+      <c r="A62">
+        <v>7018</v>
+      </c>
+      <c r="B62">
+        <v>3639</v>
+      </c>
+      <c r="C62" t="s">
+        <v>175</v>
+      </c>
+      <c r="D62">
+        <v>97277984</v>
+      </c>
+      <c r="E62" t="s">
+        <v>176</v>
+      </c>
+      <c r="F62">
+        <v>1</v>
+      </c>
+      <c r="G62">
+        <v>550</v>
+      </c>
+      <c r="H62" t="s">
+        <v>177</v>
+      </c>
+      <c r="I62" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
+      <c r="A63">
+        <v>6990</v>
+      </c>
+      <c r="B63">
+        <v>1685</v>
+      </c>
+      <c r="C63" t="s">
+        <v>178</v>
+      </c>
+      <c r="D63">
+        <v>91320728</v>
+      </c>
+      <c r="E63" t="s">
+        <v>179</v>
+      </c>
+      <c r="F63">
+        <v>2</v>
+      </c>
+      <c r="G63">
+        <v>1910</v>
+      </c>
+      <c r="H63" t="s">
+        <v>180</v>
+      </c>
+      <c r="I63" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9">
+      <c r="A64">
+        <v>6976</v>
+      </c>
+      <c r="B64">
+        <v>5292</v>
+      </c>
+      <c r="C64" t="s">
+        <v>181</v>
+      </c>
+      <c r="D64">
+        <v>66767833</v>
+      </c>
+      <c r="E64" t="s">
+        <v>182</v>
+      </c>
+      <c r="F64">
+        <v>1</v>
+      </c>
+      <c r="G64">
+        <v>750</v>
+      </c>
+      <c r="H64" t="s">
+        <v>183</v>
+      </c>
+      <c r="I64" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9">
+      <c r="A65">
+        <v>6893</v>
+      </c>
+      <c r="B65">
+        <v>5222</v>
+      </c>
+      <c r="C65" t="s">
+        <v>185</v>
+      </c>
+      <c r="D65">
+        <v>61350151</v>
+      </c>
+      <c r="E65" t="s">
+        <v>186</v>
+      </c>
+      <c r="F65">
+        <v>1</v>
+      </c>
+      <c r="G65">
+        <v>550</v>
+      </c>
+      <c r="H65"/>
+      <c r="I65" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9">
+      <c r="A66">
+        <v>6882</v>
+      </c>
+      <c r="B66">
+        <v>270</v>
+      </c>
+      <c r="C66" t="s">
+        <v>188</v>
+      </c>
+      <c r="D66">
+        <v>91602004</v>
+      </c>
+      <c r="E66" t="s">
+        <v>189</v>
+      </c>
+      <c r="F66">
+        <v>1</v>
+      </c>
+      <c r="G66">
+        <v>550</v>
+      </c>
+      <c r="H66"/>
+      <c r="I66" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9">
+      <c r="A67">
+        <v>6876</v>
+      </c>
+      <c r="B67">
+        <v>5275</v>
+      </c>
+      <c r="C67" t="s">
+        <v>190</v>
+      </c>
+      <c r="D67">
+        <v>97747107</v>
+      </c>
+      <c r="E67" t="s">
+        <v>191</v>
+      </c>
+      <c r="F67">
+        <v>1</v>
+      </c>
+      <c r="G67">
+        <v>480</v>
+      </c>
+      <c r="H67"/>
+      <c r="I67" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9">
+      <c r="A68">
+        <v>6875</v>
+      </c>
+      <c r="B68">
+        <v>5318</v>
+      </c>
+      <c r="C68" t="s">
+        <v>192</v>
+      </c>
+      <c r="D68">
+        <v>93002733</v>
+      </c>
+      <c r="E68" t="s">
+        <v>193</v>
+      </c>
+      <c r="F68">
+        <v>1</v>
+      </c>
+      <c r="G68">
+        <v>550</v>
+      </c>
+      <c r="H68" t="s">
+        <v>194</v>
+      </c>
+      <c r="I68" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9">
+      <c r="A69">
+        <v>6814</v>
+      </c>
+      <c r="B69">
+        <v>3639</v>
+      </c>
+      <c r="C69" t="s">
+        <v>175</v>
+      </c>
+      <c r="D69">
+        <v>97277984</v>
+      </c>
+      <c r="E69" t="s">
+        <v>176</v>
+      </c>
+      <c r="F69">
+        <v>1</v>
+      </c>
+      <c r="G69">
+        <v>550</v>
+      </c>
+      <c r="H69" t="s">
+        <v>196</v>
+      </c>
+      <c r="I69" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9">
+      <c r="A70">
+        <v>6733</v>
+      </c>
+      <c r="B70">
+        <v>3991</v>
+      </c>
+      <c r="C70" t="s">
+        <v>198</v>
+      </c>
+      <c r="D70">
+        <v>91986682</v>
+      </c>
+      <c r="E70" t="s">
+        <v>199</v>
+      </c>
+      <c r="F70">
+        <v>1</v>
+      </c>
+      <c r="G70">
+        <v>860</v>
+      </c>
+      <c r="H70" t="s">
+        <v>200</v>
+      </c>
+      <c r="I70" t="s">
+        <v>201</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">